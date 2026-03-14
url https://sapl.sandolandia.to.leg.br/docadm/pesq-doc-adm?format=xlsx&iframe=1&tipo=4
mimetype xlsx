--- v0 (2026-01-11)
+++ v1 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="888" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="930" uniqueCount="360">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
@@ -1045,50 +1045,95 @@
     <t>ATA DA QUINTA SESSÃO ORDINÁRIA DO DIA 28/11/2025.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>ATA DA PRIMERA SESSÃO ORDINÁRIA DO DIA 01/12/2025.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>ATA DA SEGUNDA SESSÃO ORDINÁRIA DO DIA 02/12/2025.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>ATA DA TERCEIRA SESSÃO ORDINÁRIA DO DIA 03/12/2025.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>ATA DA QUARTA SESSÃO ORDINÁRIA DO DIA 04/12/2025.</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>ATA DA QUINTA SESSÃO ORDINÁRIA DO DIA 05/12/2025.</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA SESSÃO ORDINÁRIA DO DIA 23/02/2026.</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>ATA DA SEGUNDA SESSÃO ORDINÁRIA DO DIA 24/02/2026.</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>ATA DA TERCEIRA SESSÃO ORDINÁRIA DO DIA 25/02/2026.</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>ATA DA QUARTA SESSÃO ORDINÁRIA DO DIA 26/02/2026.</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>ATA DA QUINTA SESSÃO ORDINÁRIA DO DIA 27/02/2026.</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA SESSÃO ORDINÁRIA DO DIA 03/03/2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1380,51 +1425,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F148"/>
+  <dimension ref="A1:F155"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="51.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -4352,50 +4397,190 @@
       <c r="E147" t="s">
         <v>9</v>
       </c>
       <c r="F147" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>343</v>
       </c>
       <c r="B148" t="s">
         <v>247</v>
       </c>
       <c r="C148" t="s">
         <v>32</v>
       </c>
       <c r="D148" t="s">
         <v>8</v>
       </c>
       <c r="E148" t="s">
         <v>9</v>
       </c>
       <c r="F148" t="s">
         <v>344</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149" t="s">
+        <v>345</v>
+      </c>
+      <c r="B149" t="s">
+        <v>247</v>
+      </c>
+      <c r="C149" t="s">
+        <v>35</v>
+      </c>
+      <c r="D149" t="s">
+        <v>8</v>
+      </c>
+      <c r="E149" t="s">
+        <v>9</v>
+      </c>
+      <c r="F149" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150" t="s">
+        <v>347</v>
+      </c>
+      <c r="B150" t="s">
+        <v>348</v>
+      </c>
+      <c r="C150" t="s">
+        <v>6</v>
+      </c>
+      <c r="D150" t="s">
+        <v>8</v>
+      </c>
+      <c r="E150" t="s">
+        <v>9</v>
+      </c>
+      <c r="F150" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151" t="s">
+        <v>350</v>
+      </c>
+      <c r="B151" t="s">
+        <v>348</v>
+      </c>
+      <c r="C151" t="s">
+        <v>12</v>
+      </c>
+      <c r="D151" t="s">
+        <v>8</v>
+      </c>
+      <c r="E151" t="s">
+        <v>9</v>
+      </c>
+      <c r="F151" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152" t="s">
+        <v>352</v>
+      </c>
+      <c r="B152" t="s">
+        <v>348</v>
+      </c>
+      <c r="C152" t="s">
+        <v>15</v>
+      </c>
+      <c r="D152" t="s">
+        <v>8</v>
+      </c>
+      <c r="E152" t="s">
+        <v>9</v>
+      </c>
+      <c r="F152" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153" t="s">
+        <v>354</v>
+      </c>
+      <c r="B153" t="s">
+        <v>348</v>
+      </c>
+      <c r="C153" t="s">
+        <v>18</v>
+      </c>
+      <c r="D153" t="s">
+        <v>8</v>
+      </c>
+      <c r="E153" t="s">
+        <v>9</v>
+      </c>
+      <c r="F153" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154" t="s">
+        <v>356</v>
+      </c>
+      <c r="B154" t="s">
+        <v>348</v>
+      </c>
+      <c r="C154" t="s">
+        <v>21</v>
+      </c>
+      <c r="D154" t="s">
+        <v>8</v>
+      </c>
+      <c r="E154" t="s">
+        <v>9</v>
+      </c>
+      <c r="F154" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155" t="s">
+        <v>358</v>
+      </c>
+      <c r="B155" t="s">
+        <v>348</v>
+      </c>
+      <c r="C155" t="s">
+        <v>24</v>
+      </c>
+      <c r="D155" t="s">
+        <v>8</v>
+      </c>
+      <c r="E155" t="s">
+        <v>9</v>
+      </c>
+      <c r="F155" t="s">
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>